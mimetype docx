--- v0 (2025-10-07)
+++ v1 (2025-12-14)
@@ -1,3093 +1,2546 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jfif" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="71779C5D" w14:textId="77777777" w:rsidR="00D41A20" w:rsidRPr="0016662E" w:rsidRDefault="00D41A20" w:rsidP="0016662E">
+    <w:p w14:paraId="4818BA2F" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="007B7A11">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0016662E">
+        <w:t>Application form for completion by potential new examiners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A7590E" w14:textId="7868ABF1" w:rsidR="00400355" w:rsidRPr="006B195E" w:rsidRDefault="00400355" w:rsidP="00400355">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="22"/>
+          <w:color w:val="0563C1"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0016662E">
-        <w:rPr>
-[...51 lines deleted...]
-        </w:drawing>
+        <w:t>Please complete this form and email it to:</w:t>
       </w:r>
-    </w:p>
-[...52 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00801D8B" w:rsidRPr="0094511F">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="0094511F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>examiners@rcpath.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00801D8B">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="006B195E">
+        <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D44301" w:rsidRPr="0016662E" w14:paraId="42C4FA92" w14:textId="77777777" w:rsidTr="00D44301">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="7BEA6ED6" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73C7D995" w14:textId="77777777" w:rsidR="00D44301" w:rsidRPr="0016662E" w:rsidRDefault="00D44301" w:rsidP="0016662E">
-[...7 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="5EE4BA01" w14:textId="035ABEB5" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="006B195E">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...13 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve">I wish to apply for (please </w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve">select </w:t>
             </w:r>
-            <w:r w:rsidR="00E3544B" w:rsidRPr="0016662E">
-[...42 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0016662E">
+              <w:t xml:space="preserve">whichever role is most appropriate. </w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:t>Please note you do not need to be an examiner before becoming a senior examiner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016662E">
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C09667" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="02569F53" w14:textId="2FABBE0F" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="822540556"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="E193968C32C241F0B203DD3554B7F664"/>
+                  <w:docPart w:val="20FFA7B95D174F428260AD38CF63EB41"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
-                  <w:listItem w:displayText="Item Writer" w:value="Item Writer"/>
+                  <w:listItem w:displayText="Item writer" w:value="Item writer"/>
                   <w:listItem w:displayText="Examiner" w:value="Examiner"/>
-                  <w:listItem w:displayText="Senior Examiner" w:value="Senior Examiner"/>
+                  <w:listItem w:displayText="Senior examiner" w:value="Senior examiner"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A20590" w:rsidRPr="0016662E">
+                <w:r w:rsidR="00B31E37" w:rsidRPr="0016662E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="45A0E921" w14:textId="77777777" w:rsidR="0016662E" w:rsidRDefault="0016662E" w:rsidP="0016662E">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="18B641FA" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="230DCAD2" w14:textId="697AA37D" w:rsidR="00400355" w:rsidRPr="00C4173F" w:rsidRDefault="00400355" w:rsidP="00C4173F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4173F">
+              <w:t>For examiner/senior examiner only</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4173F" w:rsidRPr="00C4173F">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="632A9A33" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00C4173F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4173F">
+              <w:t xml:space="preserve">I am employed in a substantive post at: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C0F061" w14:textId="77777777" w:rsidR="00C4173F" w:rsidRPr="00C4173F" w:rsidRDefault="00C4173F" w:rsidP="00C4173F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="746A9467" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30CB222A" w14:textId="4480380F" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00C4173F">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Date post started: </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="19CD78F3" w14:textId="77777777" w:rsidR="00864322" w:rsidRPr="0016662E" w:rsidRDefault="00864322" w:rsidP="0016662E">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="6BAAEFD1" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4127"/>
-        <w:gridCol w:w="4889"/>
+        <w:gridCol w:w="4219"/>
+        <w:gridCol w:w="5023"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="576CBA46" w14:textId="77777777" w:rsidTr="00A079CE">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="0B2F0428" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4219" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0F8215" w14:textId="77777777" w:rsidR="00772B60" w:rsidRDefault="00772B60" w:rsidP="0016662E">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="685530EB" w14:textId="055C52FA" w:rsidR="00E455D9" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Surname:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="681D54AF" w14:textId="77777777" w:rsidR="009A62FD" w:rsidRPr="0016662E" w:rsidRDefault="009A62FD" w:rsidP="0016662E">
-[...3 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3B7BDBCC" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4846B29D" w14:textId="77777777" w:rsidR="00772B60" w:rsidRDefault="00772B60" w:rsidP="0016662E">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="75AB3BE3" w14:textId="4D749D51" w:rsidR="00E455D9" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Forenames:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AF8D76A" w14:textId="77777777" w:rsidR="009A62FD" w:rsidRPr="0016662E" w:rsidRDefault="009A62FD" w:rsidP="0016662E">
-[...3 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="1DA2D76C" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="2EAE8DB1" w14:textId="77777777" w:rsidTr="00A079CE">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="058E0405" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0132F530" w14:textId="77777777" w:rsidR="00D824FA" w:rsidRDefault="00D824FA" w:rsidP="0016662E">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="405C48C4" w14:textId="2F502B86" w:rsidR="00E455D9" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Specialty:</w:t>
             </w:r>
-            <w:r w:rsidR="00D824FA">
-[...10 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="04F35199" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0023229F" w:rsidRPr="0016662E" w14:paraId="0F26DC53" w14:textId="77777777" w:rsidTr="0023229F">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="1D2BFF62" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:trPr>
           <w:trHeight w:val="1008"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="797E82E2" w14:textId="77777777" w:rsidR="00F93962" w:rsidRPr="0016662E" w:rsidRDefault="00F93962" w:rsidP="0016662E">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="22143C4E" w14:textId="200DDFCF" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>College Membership Number</w:t>
+              <w:t xml:space="preserve">College </w:t>
+            </w:r>
+            <w:r w:rsidR="00C4173F">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016662E">
+              <w:t xml:space="preserve">embership </w:t>
+            </w:r>
+            <w:r w:rsidR="00C4173F">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016662E">
+              <w:t>umber</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="026A9AD1" w14:textId="77777777" w:rsidR="00DF0503" w:rsidRDefault="00DF0503" w:rsidP="00DF0503">
-[...7 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="7D5A3EB8" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00400355">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20D078B8" w14:textId="00DF3512" w:rsidR="00E455D9" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Membership grade of the Royal College of Pathologists</w:t>
             </w:r>
-            <w:r w:rsidR="00B967B3">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="00D855FF">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1856380386"/>
                 <w:placeholder>
-                  <w:docPart w:val="9F6D82B9B7AA491F997539096B752A47"/>
+                  <w:docPart w:val="39EF924C36AD4D6A9FDC66D1E27029C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Diplomate" w:value="Diplomate"/>
                   <w:listItem w:displayText="Fellow by Examination" w:value="Fellow by Examination"/>
                   <w:listItem w:displayText="Fellow by Published Works" w:value="Fellow by Published Works"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D855FF" w:rsidRPr="0074130C">
+                <w:r w:rsidR="00E455D9" w:rsidRPr="0074130C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00FD3798">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E3544B" w:rsidRPr="0016662E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0016662E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="377584B0" w14:textId="77777777" w:rsidR="009844E6" w:rsidRPr="0016662E" w:rsidRDefault="009844E6" w:rsidP="0016662E">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="770FE2E1" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Date obtained:</w:t>
             </w:r>
-            <w:r w:rsidR="008C0A01">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78523552" w14:textId="77777777" w:rsidR="0000568C" w:rsidRDefault="0000568C" w:rsidP="0016662E">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="377FDBD5" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00400355">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F214B3A" w14:textId="71BAFCE4" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...39 lines deleted...]
-          </w:p>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">*If </w:t>
+            </w:r>
+            <w:r w:rsidR="00E455D9">
+              <w:t xml:space="preserve">you are </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">not a </w:t>
+            </w:r>
+            <w:r w:rsidR="00E455D9">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ember of the Royal College of Pathologists, please indicate your professional membership body (e.g. RCP, IBMS), membership grade and date awarded:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B4FC988" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="3EF361F7" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="1A020871" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="5B0A8402" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="3D7719F7" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F93962" w:rsidRPr="0016662E" w14:paraId="7E0074D4" w14:textId="77777777" w:rsidTr="00FD3798">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="2FBAD215" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="60DF2641" w14:textId="77777777" w:rsidR="00F93962" w:rsidRPr="0016662E" w:rsidRDefault="00F93962" w:rsidP="0016662E">
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2D6286D0" w14:textId="533184A4" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>I wish to serve on the Examiner Panel(s) in:</w:t>
             </w:r>
-            <w:r w:rsidR="00F93962" w:rsidRPr="0016662E">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0016662E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="2095586691"/>
-                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="2BD37158B40544529744B8391029AD17"/>
+                  <w:docPart w:val="C6A26F46F6364241B202164A840560B0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
-                  <w:listItem w:displayText="Clinical Biochemistry" w:value="Clinical Biochemistry"/>
+                  <w:listItem w:displayText="Clinical biochemistry" w:value="Clinical biochemistry"/>
                   <w:listItem w:displayText="Dermatopathology" w:value="Dermatopathology"/>
-                  <w:listItem w:displayText="Forensic Pathology" w:value="Forensic Pathology"/>
+                  <w:listItem w:displayText="Forensic pathology" w:value="Forensic pathology"/>
                   <w:listItem w:displayText="Genetics" w:value="Genetics"/>
                   <w:listItem w:displayText="Haematology" w:value="Haematology"/>
-                  <w:listItem w:displayText="Haematology Clinical Science" w:value="Haematology Clinical Science"/>
-                  <w:listItem w:displayText="Histocompatibility and Immunogenetics" w:value="Histocompatibility and Immunogenetics"/>
+                  <w:listItem w:displayText="Haematology clinical science" w:value="Haematology clinical science"/>
+                  <w:listItem w:displayText="Histocompatibility and immunogenetics" w:value="Histocompatibility and immunogenetics"/>
                   <w:listItem w:displayText="Histopathology" w:value="Histopathology"/>
                   <w:listItem w:displayText="Immunology" w:value="Immunology"/>
                   <w:listItem w:displayText="Infection" w:value="Infection"/>
-                  <w:listItem w:displayText="Medical Genetics" w:value="Medical Genetics"/>
-[...1 lines deleted...]
-                  <w:listItem w:displayText="Molecular Pathology" w:value="Molecular Pathology"/>
+                  <w:listItem w:displayText="Medical genetics" w:value="Medical genetics"/>
+                  <w:listItem w:displayText="Medical microbiology" w:value="Medical microbiology"/>
+                  <w:listItem w:displayText="Molecular pathology" w:value="Molecular pathology"/>
                   <w:listItem w:displayText="Neuropathology" w:value="Neuropathology"/>
-                  <w:listItem w:displayText="Oral and Maxillofacial Pathology" w:value="Oral and Maxillofacial Pathology"/>
-[...1 lines deleted...]
-                  <w:listItem w:displayText="Reproductive Science" w:value="Reproductive Science"/>
+                  <w:listItem w:displayText="Oral and maxillofacial pathology" w:value="Oral and maxillofacial pathology"/>
+                  <w:listItem w:displayText="Paediatric pathology" w:value="Paediatric pathology"/>
+                  <w:listItem w:displayText="Reproductive science" w:value="Reproductive science"/>
                   <w:listItem w:displayText="Toxicology" w:value="Toxicology"/>
-                  <w:listItem w:displayText="Transfusion Science" w:value="Transfusion Science"/>
-[...1 lines deleted...]
-                  <w:listItem w:displayText="Veterinary Pathology" w:value="Veterinary Pathology"/>
+                  <w:listItem w:displayText="Transfusion science" w:value="Transfusion science"/>
+                  <w:listItem w:displayText="Veterinary clinical pathology" w:value="Veterinary clinical pathology"/>
+                  <w:listItem w:displayText="Veterinary pathology" w:value="Veterinary pathology"/>
                   <w:listItem w:displayText="Virology" w:value="Virology"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009139AC" w:rsidRPr="0016662E">
+                <w:r w:rsidR="004C49B1" w:rsidRPr="0016662E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78B19A43" w14:textId="5724A80F" w:rsidR="00F93962" w:rsidRDefault="0037789B" w:rsidP="0037789B">
+          <w:p w14:paraId="37DA9B20" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3849"/>
               </w:tabs>
-              <w:jc w:val="left"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1645581619"/>
+                <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
-                  <w:docPart w:val="C6D66F1D595C45A0A251B779C2A34FBC"/>
+                  <w:docPart w:val="8B91A61BEAC54CE598B4049B70CA737D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
-                  <w:listItem w:displayText="Clinical Biochemistry" w:value="Clinical Biochemistry"/>
+                  <w:listItem w:displayText="Clinical biochemistry" w:value="Clinical biochemistry"/>
                   <w:listItem w:displayText="Dermatopathology" w:value="Dermatopathology"/>
-                  <w:listItem w:displayText="Forensic Pathology" w:value="Forensic Pathology"/>
+                  <w:listItem w:displayText="Forensic pathology" w:value="Forensic pathology"/>
                   <w:listItem w:displayText="Genetics" w:value="Genetics"/>
                   <w:listItem w:displayText="Haematology" w:value="Haematology"/>
-                  <w:listItem w:displayText="Haematology Clinical Science" w:value="Haematology Clinical Science"/>
-                  <w:listItem w:displayText="Histocompatibility and Immunogenetics" w:value="Histocompatibility and Immunogenetics"/>
+                  <w:listItem w:displayText="Haematology clinical science" w:value="Haematology clinical science"/>
+                  <w:listItem w:displayText="Histocompatibility and immunogenetics" w:value="Histocompatibility and immunogenetics"/>
                   <w:listItem w:displayText="Histopathology" w:value="Histopathology"/>
                   <w:listItem w:displayText="Immunology" w:value="Immunology"/>
                   <w:listItem w:displayText="Infection" w:value="Infection"/>
-                  <w:listItem w:displayText="Medical Genetics" w:value="Medical Genetics"/>
-[...1 lines deleted...]
-                  <w:listItem w:displayText="Molecular Pathology" w:value="Molecular Pathology"/>
+                  <w:listItem w:displayText="Medical genetics" w:value="Medical genetics"/>
+                  <w:listItem w:displayText="Medical microbiology" w:value="Medical microbiology"/>
+                  <w:listItem w:displayText="Molecular pathology" w:value="Molecular pathology"/>
                   <w:listItem w:displayText="Neuropathology" w:value="Neuropathology"/>
-                  <w:listItem w:displayText="Oral and Maxillofacial Pathology" w:value="Oral and Maxillofacial Pathology"/>
-[...1 lines deleted...]
-                  <w:listItem w:displayText="Reproductive Science" w:value="Reproductive Science"/>
+                  <w:listItem w:displayText="Oral and maxillofacial pathology" w:value="Oral and maxillofacial pathology"/>
+                  <w:listItem w:displayText="Paediatric pathology" w:value="Paediatric pathology"/>
+                  <w:listItem w:displayText="Reproductive science" w:value="Reproductive science"/>
                   <w:listItem w:displayText="Toxicology" w:value="Toxicology"/>
-                  <w:listItem w:displayText="Transfusion Science" w:value="Transfusion Science"/>
-[...1 lines deleted...]
-                  <w:listItem w:displayText="Veterinary Pathology" w:value="Veterinary Pathology"/>
+                  <w:listItem w:displayText="Transfusion science" w:value="Transfusion science"/>
+                  <w:listItem w:displayText="Veterinary clinical pathology" w:value="Veterinary clinical pathology"/>
+                  <w:listItem w:displayText="Veterinary pathology" w:value="Veterinary pathology"/>
                   <w:listItem w:displayText="Virology" w:value="Virology"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="009139AC" w:rsidRPr="0016662E">
+                <w:r w:rsidRPr="0016662E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
-              <w:rPr>
-[...17 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t>(optional second panel)</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...9 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587DF1FD" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="72B96F2B" w14:textId="6AB584B3" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidR="00D169F9">
+              <w:t xml:space="preserve">you have chosen </w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-                <w:szCs w:val="22"/>
+              <w:t>one of the following specialties, please indicate your preferred sub-panel:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EEAB2EA" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
               </w:rPr>
               <w:t>Haematology:</w:t>
             </w:r>
-            <w:r w:rsidR="00772B60">
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00772B60">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00772B60">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-351113156"/>
                 <w:placeholder>
-                  <w:docPart w:val="769A812D3DCD4E72B69DA930E069EBDF"/>
+                  <w:docPart w:val="5619FD668E6B4590944A7B39DA396F0F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Coagulation" w:value="Coagulation"/>
                   <w:listItem w:displayText="Morphology" w:value="Morphology"/>
                   <w:listItem w:displayText="Paediatric" w:value="Paediatric"/>
                   <w:listItem w:displayText="Transfusion" w:value="Transfusion"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="001C3BFF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="51FA4AF6" w14:textId="79D3B1E5" w:rsidR="008C0A01" w:rsidRDefault="008C0A01" w:rsidP="0016662E">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1CDEA33C" w14:textId="102B6C49" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veterinary </w:t>
+            </w:r>
+            <w:r w:rsidR="004C49B1">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t>athology:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...13 lines deleted...]
-              </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="57986181"/>
                 <w:placeholder>
-                  <w:docPart w:val="4D4F7F45F2B845EDA5958ECEFE52A548"/>
+                  <w:docPart w:val="872F623136E64D4AA948C0B2FF7A68A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
-                  <w:listItem w:displayText="Small Domestic Animals" w:value="Small Domestic Animals"/>
-[...1 lines deleted...]
-                  <w:listItem w:displayText="Laboratory Animals" w:value="Laboratory Animals"/>
+                  <w:listItem w:displayText="Small domestic animals" w:value="Small domestic animals"/>
+                  <w:listItem w:displayText="Large domestic animals" w:value="Large domestic animals"/>
+                  <w:listItem w:displayText="Laboratory animals" w:value="Laboratory animals"/>
                   <w:listItem w:displayText="Birds" w:value="Birds"/>
                   <w:listItem w:displayText="Fish" w:value="Fish"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="001C3BFF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="0A1AA1E7" w14:textId="77777777" w:rsidR="008C0A01" w:rsidRDefault="008C0A01" w:rsidP="0016662E">
-[...18 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="54320B42" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
+          <w:p w14:paraId="1EE6D2C6" w14:textId="3A15B4E9" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histopathology only </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1830A9B5" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0016662E">
+              <w:t xml:space="preserve">I would </w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">also </w:t>
+            </w:r>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...37 lines deleted...]
-              </w:rPr>
+              <w:t>like to be involved in the following sub-panels</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> (check box)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DB14CC5" w14:textId="77777777" w:rsidR="00DE6784" w:rsidRDefault="00F93962" w:rsidP="0016662E">
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1DEB4BF0" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
               </w:rPr>
               <w:t>Autopsy (CHAT)</w:t>
             </w:r>
-            <w:r w:rsidR="00C40C3A">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00C40C3A">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00C40C3A">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1332519253"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="25DB0838" w14:textId="77777777" w:rsidR="00F93962" w:rsidRDefault="00F93962" w:rsidP="0016662E">
-[...26 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="61630B71" w14:textId="034D3D08" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cervical </w:t>
+            </w:r>
+            <w:r w:rsidR="00D169F9">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
+              </w:rPr>
+              <w:t>ytopathology (CHCCT)</w:t>
+            </w:r>
+            <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-419098273"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5ED72056" w14:textId="77777777" w:rsidR="00FD3798" w:rsidRPr="0016662E" w:rsidRDefault="00FD3798" w:rsidP="004278B1">
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="728EF74D" w14:textId="77777777" w:rsidR="00DA469E" w:rsidRDefault="00DA469E" w:rsidP="0016662E">
-[...16 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="2D1A35EA" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00400355"/>
+    <w:p w14:paraId="1230A606" w14:textId="775D4823" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355">
+      <w:r w:rsidRPr="00400355">
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Please </w:t>
+        <w:t>Please complete/tick all relevant statements</w:t>
       </w:r>
-      <w:r w:rsidR="00A079CE" w:rsidRPr="00DE6784">
-[...35 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="0F1956FF" w14:textId="77777777" w:rsidTr="00D41A20">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="5314F4CB" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="798A00C0" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00D41A20" w:rsidP="0016662E">
-[...3 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="7061E65F" w14:textId="091F0B57" w:rsidR="00015BEC" w:rsidRDefault="00400355" w:rsidP="00015BEC">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:br w:type="page"/>
-            </w:r>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:t>I am active in clinical practice at:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603C900F" w14:textId="77777777" w:rsidR="00015BEC" w:rsidRPr="0016662E" w:rsidRDefault="00015BEC" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23D8598D" w14:textId="2522F9D7" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...16 lines deleted...]
-              </w:rPr>
+              <w:t>OR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A79457B" w14:textId="4DD8D3AB" w:rsidR="00015BEC" w:rsidRDefault="00400355" w:rsidP="00015BEC">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>I am active in research at:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46D9081F" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...3 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="46AF6DD2" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D41A20" w:rsidRPr="0016662E" w14:paraId="4327C3CC" w14:textId="77777777" w:rsidTr="00D41A20">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="26F2E2AE" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A2B1DEC" w14:textId="77777777" w:rsidR="00D41A20" w:rsidRPr="0016662E" w:rsidRDefault="00D41A20" w:rsidP="0016662E">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="65FFF1FA" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="07F8772B" w14:textId="77777777" w:rsidTr="00561028">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="3CACE009" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="678F3383" w14:textId="77777777" w:rsidR="0087203A" w:rsidRPr="0016662E" w:rsidRDefault="0087203A" w:rsidP="0016662E">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="515B957C" w14:textId="4706385D" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
+              <w:rPr>
+                <w:rStyle w:val="TabletextChar"/>
               </w:rPr>
               <w:t>I am participating in the College’s CPD scheme</w:t>
             </w:r>
-            <w:r w:rsidR="00DE6784">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-2076273871"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00893B00">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F614F30" w14:textId="77777777" w:rsidR="00C40C3A" w:rsidRDefault="00C40C3A" w:rsidP="0016662E">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4182A265" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AAF4DF2" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...3 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4B9CC931" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>I am participating in an alternative CPD scheme</w:t>
             </w:r>
-            <w:r w:rsidR="00DE6784">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1057595731"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00C40C3A">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="524DF722" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-            <w:pPr>
+          <w:p w14:paraId="08DDC51F" w14:textId="5FC40666" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Please specify:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EDFE82A" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-              </w:rPr>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C6FEB91" w14:textId="29D6D3C3" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...27 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">I am currently paying College </w:t>
+            </w:r>
+            <w:r w:rsidR="00015BEC">
+              <w:t>m</w:t>
+            </w:r>
             <w:r w:rsidRPr="0016662E">
-              <w:rPr>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:t>embership fees</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00893B00">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1132678602"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="20B9838D" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...5 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62004FE9" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="4F1B8240" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="42AE47B0" w14:textId="77777777" w:rsidTr="00561028">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="1197F086" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41068CB0" w14:textId="77777777" w:rsidR="0087203A" w:rsidRPr="0016662E" w:rsidRDefault="0087203A" w:rsidP="0016662E">
-[...27 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3017A876" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00015BEC" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00015BEC">
+              <w:t xml:space="preserve">I am currently participating in an EQA scheme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00015BEC">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-839152937"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r w:rsidRPr="00015BEC">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2379F84B" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+          <w:p w14:paraId="16A67D87" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
+              <w:t>Please give details:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C2A6289" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AD1E701" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...39 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3300FC16" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="0CF31289" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="09A82AB3" w14:textId="77777777" w:rsidTr="00561028">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="420A678D" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47D3A6F7" w14:textId="77777777" w:rsidR="0087203A" w:rsidRPr="0016662E" w:rsidRDefault="0087203A" w:rsidP="0016662E">
-[...39 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="707885CA" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00490971" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00490971">
+              <w:t xml:space="preserve">I am working in a UKAS registered or accredited laboratory </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00490971">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1006135928"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r w:rsidRPr="00490971">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="665E73F7" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+          <w:p w14:paraId="5AB19BC1" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
+              <w:t>Please give details:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB1213D" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2855111B" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00C40C3A">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="627DFA85" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5093AF5C" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31DE8E6B" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...31 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="137AD0C0" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="24336D68" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="1511F1C0" w14:textId="77777777" w:rsidTr="00561028">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="4E7C04D3" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69A7004F" w14:textId="77777777" w:rsidR="0087203A" w:rsidRPr="0016662E" w:rsidRDefault="0087203A" w:rsidP="0016662E">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="616E08B8" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0079331A" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0079331A">
+              <w:t xml:space="preserve">I am actively </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D106C">
+              <w:t>involved</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0079331A">
+              <w:t xml:space="preserve"> in training and educational supervision </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-535195981"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DE6784">
+                <w:r w:rsidRPr="0079331A">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="5D55646C" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+          <w:p w14:paraId="55516DC8" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
+              <w:t>Please give details:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FED83EC" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39697145" w14:textId="77777777" w:rsidR="00F80D5D" w:rsidRPr="0016662E" w:rsidRDefault="00F80D5D" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00C40C3A">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45EACEA6" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="2FFA719B" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DCB6205" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00F80D5D">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...103 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C741B5A" w14:textId="77777777" w:rsidR="008949A1" w:rsidRPr="0016662E" w:rsidRDefault="008949A1" w:rsidP="0016662E">
-[...12 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="3FEB9E1E" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="26B5F6A3" w14:textId="77777777" w:rsidTr="00561028">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="5CE8960B" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="665CE794" w14:textId="77777777" w:rsidR="0087203A" w:rsidRPr="0016662E" w:rsidRDefault="0087203A" w:rsidP="0016662E">
-[...34 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3ECDCF03" w14:textId="27B01799" w:rsidR="00400355" w:rsidRPr="00F80D5D" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F80D5D">
+              <w:t xml:space="preserve">I am prepared to assess submissions of published work, </w:t>
+            </w:r>
+            <w:r w:rsidR="00530E36">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F80D5D">
+              <w:t>dissertations and casebooks</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80D5D">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00561028" w:rsidRPr="0016662E">
-[...32 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00F80D5D">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="1208767744"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00F80D5D">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="2F6A0451" w14:textId="77777777" w:rsidR="00DE6784" w:rsidRDefault="00DE6784" w:rsidP="0016662E">
+          <w:p w14:paraId="788B731D" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18CC1540" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
+              <w:t>If yes, please give details of areas of special interest:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6857F983" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="11346F78" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00FD3798" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="120BF873" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70470FCB" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00561028" w:rsidRPr="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7135CB8A" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00C40C3A">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37CE6372" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="23A5127B" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03C9DF10" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0EC2C1E4" w14:textId="77777777" w:rsidR="00561028" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="727F29B3" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="60950D0F" w14:textId="77777777" w:rsidR="00C40C3A" w:rsidRDefault="00C40C3A" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="136F9D69" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5122F25B" w14:textId="77777777" w:rsidR="00C40C3A" w:rsidRDefault="00C40C3A" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BF66F7B" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="44B87B34" w14:textId="77777777" w:rsidR="00C40C3A" w:rsidRPr="0016662E" w:rsidRDefault="00C40C3A" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="781F8D35" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="745B542D" w14:textId="77777777" w:rsidR="00561028" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D792E0D" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...39 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="74802CFB" w14:textId="77777777" w:rsidTr="00561028">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="642725CD" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC3A5A8" w14:textId="77777777" w:rsidR="0087203A" w:rsidRPr="0016662E" w:rsidRDefault="0087203A" w:rsidP="0016662E">
-[...15 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="71302705" w14:textId="487A7A88" w:rsidR="00400355" w:rsidRPr="00530E36" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00530E36">
               <w:t xml:space="preserve">I have been involved with undergraduate and/or </w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00530E36">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00530E36">
+              <w:t>postgraduate medical examinations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00530E36">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00561028" w:rsidRPr="0016662E">
-[...14 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00530E36">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1 lines deleted...]
-                </w:rPr>
                 <w:id w:val="603384183"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00530E36">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:szCs w:val="22"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="60DEE67E" w14:textId="77777777" w:rsidR="00C40C3A" w:rsidRPr="0016662E" w:rsidRDefault="00C40C3A" w:rsidP="0016662E">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5F55E266" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00530E36" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00530E36">
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="623D6C14" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00FD3798" w:rsidP="0016662E">
+          <w:p w14:paraId="7CDB5F5B" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
+              <w:t>If yes, please give details of qualification(s) and role(s):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E63361" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="484DB388" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00561028" w:rsidRPr="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67ED3116" w14:textId="77777777" w:rsidR="00400355" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
+            <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="69682237" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CFCCD08" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5AF587D9" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29525E2F" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="186970F1" w14:textId="77777777" w:rsidR="00561028" w:rsidRDefault="00561028" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F40657" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="201E909D" w14:textId="77777777" w:rsidR="00C40C3A" w:rsidRDefault="00C40C3A" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47A42C92" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4F9EA050" w14:textId="77777777" w:rsidR="00C40C3A" w:rsidRDefault="00C40C3A" w:rsidP="0016662E">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="004EA546" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8">
             <w:pPr>
               <w:rPr>
                 <w:i/>
-                <w:szCs w:val="22"/>
-[...63 lines deleted...]
-                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="744AA06D" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...12 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="395BF3E5" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9016"/>
+        <w:gridCol w:w="9242"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00561028" w:rsidRPr="0016662E" w14:paraId="36F73751" w14:textId="77777777" w:rsidTr="00561028">
+      <w:tr w:rsidR="00400355" w:rsidRPr="0016662E" w14:paraId="3187F986" w14:textId="77777777" w:rsidTr="00CE5AE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="155FD446" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...7 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="742E76D9" w14:textId="13D62C55" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00601FAF">
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-              </w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>I declare that</w:t>
+            </w:r>
+            <w:r w:rsidR="00530E36" w:rsidRPr="00601FAF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="359266C8" w14:textId="15D09B7B" w:rsidR="00400355" w:rsidRPr="00C40C3A" w:rsidRDefault="00400355" w:rsidP="00530E36">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
             </w:pPr>
             <w:r w:rsidRPr="00C40C3A">
+              <w:t xml:space="preserve">I will be available to examine at least </w:t>
+            </w:r>
+            <w:r w:rsidR="00530E36">
+              <w:t xml:space="preserve">three </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C40C3A">
+              <w:t xml:space="preserve">times during the </w:t>
+            </w:r>
+            <w:r w:rsidR="00530E36">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C40C3A">
+              <w:t>-year term</w:t>
+            </w:r>
+            <w:r w:rsidR="00530E36">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7DDB8D" w14:textId="68BDAAD7" w:rsidR="00400355" w:rsidRPr="00C40C3A" w:rsidRDefault="00400355" w:rsidP="00530E36">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40C3A">
+              <w:t>I will undertake training in the examination process</w:t>
+            </w:r>
+            <w:r w:rsidR="00530E36">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="135C8259" w14:textId="6EF459A7" w:rsidR="00400355" w:rsidRPr="00C40C3A" w:rsidRDefault="00400355" w:rsidP="00530E36">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40C3A">
+              <w:t>I am prepared to have my examining practice observed</w:t>
+            </w:r>
+            <w:r w:rsidR="00530E36">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="128F96FD" w14:textId="6D30F337" w:rsidR="004F7E9B" w:rsidRPr="00601FAF" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C40C3A">
+              <w:t>I am not currently subject to any investigations related to my professional performance or probity</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22E80">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72193DB7" w14:textId="77777777" w:rsidR="008C3F01" w:rsidRDefault="008C3F01" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...150 lines deleted...]
-            <w:pPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05269A75" w14:textId="37812FF3" w:rsidR="00400355" w:rsidRPr="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C40C3A">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A82050" w:rsidRPr="00C40C3A">
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="350033E6" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...5 lines deleted...]
-            <w:pPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63D3DDA3" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="00400355" w:rsidRDefault="00400355" w:rsidP="00601FAF">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...4 lines deleted...]
-            <w:pPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00400355">
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="22"/>
-[...23 lines deleted...]
-          </w:p>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51EAA34F" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00CE5AE8"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4511E36F" w14:textId="77777777" w:rsidR="00561028" w:rsidRPr="0016662E" w:rsidRDefault="00561028" w:rsidP="0016662E">
-[...7 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:p w14:paraId="487C4BC4" w14:textId="77777777" w:rsidR="00400355" w:rsidRPr="0016662E" w:rsidRDefault="00400355" w:rsidP="00400355"/>
+    <w:p w14:paraId="7CBBCB36" w14:textId="77777777" w:rsidR="00CC20D1" w:rsidRPr="00400355" w:rsidRDefault="00CC20D1" w:rsidP="00400355"/>
+    <w:sectPr w:rsidR="00CC20D1" w:rsidRPr="00400355" w:rsidSect="003B6001">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="1440" w:bottom="993" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2127" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DD98CF7" w14:textId="77777777" w:rsidR="00F80C6E" w:rsidRDefault="00F80C6E" w:rsidP="00955CF5">
+    <w:p w14:paraId="34B0599C" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6C6A7BCD" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="053890B2" w14:textId="77777777" w:rsidR="00F80C6E" w:rsidRDefault="00F80C6E" w:rsidP="00955CF5">
+    <w:p w14:paraId="78D9288F" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3DF5DBB4" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...112 lines deleted...]
-  <w:p w14:paraId="402F35F2" w14:textId="77777777" w:rsidR="00955CF5" w:rsidRDefault="00955CF5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A3B3BD1" w14:textId="77777777" w:rsidR="00595627" w:rsidRDefault="00595627" w:rsidP="00404FE4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6D729092" w14:textId="77777777" w:rsidR="00F6724E" w:rsidRDefault="00F6724E" w:rsidP="00404FE4"/>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17E683C9" w14:textId="49930A46" w:rsidR="00F6724E" w:rsidRPr="00241115" w:rsidRDefault="00595627" w:rsidP="001339BF">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="426"/>
+        <w:tab w:val="left" w:pos="1418"/>
+        <w:tab w:val="left" w:pos="4536"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00CA70A1">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03244BA5" wp14:editId="48116082">
+          <wp:extent cx="723900" cy="742950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="89" name="image5.png" descr="path_crest_min_grey.tif"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image5.png" descr="path_crest_min_grey.tif"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="723900" cy="742950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:rStyle w:val="PlaceholderText"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidR="001638F0">
+      <w:rPr>
+        <w:rStyle w:val="PlaceholderText"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Examinations team</w:t>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00CC20D1">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00CC20D1">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00CC20D1">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>V</w:t>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> REVNUM  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="007B3F5E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00CC20D1">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="001638F0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">        </w:t>
+    </w:r>
+    <w:r w:rsidR="00CC20D1">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Final</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F2A9C3B" w14:textId="30035840" w:rsidR="00CC20D1" w:rsidRDefault="00CC20D1" w:rsidP="00CC20D1">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="426"/>
+        <w:tab w:val="left" w:pos="4536"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00CA70A1">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C0085F3" wp14:editId="2B1F7ABE">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4061089</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>379730</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2133600" cy="428625"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="91" name="Picture 91" descr="A picture containing icon&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Picture 1" descr="A picture containing icon&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2133600" cy="428625"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00CA70A1">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71B49F17" wp14:editId="39482DEA">
+          <wp:extent cx="723900" cy="742950"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="92" name="image5.png" descr="path_crest_min_grey.tif"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image5.png" descr="path_crest_min_grey.tif"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2"/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="723900" cy="742950"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="PlaceholderText"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidR="001638F0">
+      <w:rPr>
+        <w:rStyle w:val="PlaceholderText"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Examinations team</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>V</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> REVNUM  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="001638F0">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Final</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FD4BB9F" w14:textId="77777777" w:rsidR="00F80C6E" w:rsidRDefault="00F80C6E" w:rsidP="00955CF5">
+    <w:p w14:paraId="4B7F2F55" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6947B987" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="634741AB" w14:textId="77777777" w:rsidR="00F80C6E" w:rsidRDefault="00F80C6E" w:rsidP="00955CF5">
+    <w:p w14:paraId="03B6ED47" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1BB966FB" w14:textId="77777777" w:rsidR="004C0364" w:rsidRDefault="004C0364" w:rsidP="00404FE4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61C1CF7F" w14:textId="77777777" w:rsidR="00595627" w:rsidRDefault="00595627" w:rsidP="00404FE4">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6342254F" w14:textId="77777777" w:rsidR="00F6724E" w:rsidRDefault="00F6724E" w:rsidP="00404FE4"/>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7EAFC353" w14:textId="12CC8B6F" w:rsidR="00595627" w:rsidRDefault="00595627" w:rsidP="00404FE4">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="37E540C3" w14:textId="77777777" w:rsidR="00F6724E" w:rsidRDefault="00F6724E" w:rsidP="00404FE4"/>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7DAFABC2" w14:textId="3501BB1C" w:rsidR="00CC20D1" w:rsidRDefault="00CC20D1" w:rsidP="00CC20D1">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B159DB8" wp14:editId="649A110F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>11430</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3074670" cy="854075"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="90" name="Picture 90" descr="Graphical user interface, text&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 3" descr="Graphical user interface, text&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3074670" cy="854075"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25C59AC6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1AE9A94"/>
+    <w:lvl w:ilvl="0" w:tplc="B460581C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="82988288">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0156C370">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="290AE6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CD7ED1B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2CAE6708">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0B04E02A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="499678B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D8C47A94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F6C6110"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C63A5AF6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3156,55 +2609,55 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="405F3842"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43652CB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="143A3D18"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="511ADCBA"/>
+    <w:lvl w:ilvl="0" w:tplc="4CEA3ED6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3269,65 +2722,65 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="69FC4798"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56A7064C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7DAEF2B0"/>
-    <w:lvl w:ilvl="0" w:tplc="FAAEAD42">
+    <w:tmpl w:val="DA80DBB0"/>
+    <w:lvl w:ilvl="0" w:tplc="B2644292">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:pStyle w:val="ListParagraph"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -3383,210 +2836,328 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="943150694">
-    <w:abstractNumId w:val="1"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76015DBA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7AFEF21C"/>
+    <w:lvl w:ilvl="0" w:tplc="B4BE5586">
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Secondlevellistparagraph"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2056463694">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1847866164">
+  <w:num w:numId="2" w16cid:durableId="495995423">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2069918491">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="3" w16cid:durableId="1839033990">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1644308575">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1706367709">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F32637"/>
-[...71 lines deleted...]
-    <w:rsid w:val="00FF689F"/>
+    <w:rsidRoot w:val="007B3F5E"/>
+    <w:rsid w:val="00015BEC"/>
+    <w:rsid w:val="00075AF8"/>
+    <w:rsid w:val="000A6F87"/>
+    <w:rsid w:val="000C743D"/>
+    <w:rsid w:val="0012041C"/>
+    <w:rsid w:val="001339BF"/>
+    <w:rsid w:val="001638F0"/>
+    <w:rsid w:val="002148AB"/>
+    <w:rsid w:val="00241115"/>
+    <w:rsid w:val="003B6001"/>
+    <w:rsid w:val="00400355"/>
+    <w:rsid w:val="00404FE4"/>
+    <w:rsid w:val="00490971"/>
+    <w:rsid w:val="004C0364"/>
+    <w:rsid w:val="004C49B1"/>
+    <w:rsid w:val="004D0576"/>
+    <w:rsid w:val="004E03DE"/>
+    <w:rsid w:val="004F7E9B"/>
+    <w:rsid w:val="00506C0E"/>
+    <w:rsid w:val="00530E36"/>
+    <w:rsid w:val="00595373"/>
+    <w:rsid w:val="00595627"/>
+    <w:rsid w:val="00601FAF"/>
+    <w:rsid w:val="00612E75"/>
+    <w:rsid w:val="00650450"/>
+    <w:rsid w:val="006B195E"/>
+    <w:rsid w:val="006C12D5"/>
+    <w:rsid w:val="006C79F9"/>
+    <w:rsid w:val="00743736"/>
+    <w:rsid w:val="00771993"/>
+    <w:rsid w:val="0079331A"/>
+    <w:rsid w:val="007B3F5E"/>
+    <w:rsid w:val="007B7A11"/>
+    <w:rsid w:val="007C3A33"/>
+    <w:rsid w:val="007D106C"/>
+    <w:rsid w:val="00857A43"/>
+    <w:rsid w:val="008716F7"/>
+    <w:rsid w:val="008C3F01"/>
+    <w:rsid w:val="009732AB"/>
+    <w:rsid w:val="00A15878"/>
+    <w:rsid w:val="00A174DE"/>
+    <w:rsid w:val="00A670BE"/>
+    <w:rsid w:val="00A8595C"/>
+    <w:rsid w:val="00B06006"/>
+    <w:rsid w:val="00B121F6"/>
+    <w:rsid w:val="00B31E37"/>
+    <w:rsid w:val="00C22E80"/>
+    <w:rsid w:val="00C4173F"/>
+    <w:rsid w:val="00C51042"/>
+    <w:rsid w:val="00CC20D1"/>
+    <w:rsid w:val="00CF7D05"/>
+    <w:rsid w:val="00D169F9"/>
+    <w:rsid w:val="00E015CF"/>
+    <w:rsid w:val="00E24433"/>
+    <w:rsid w:val="00E455D9"/>
+    <w:rsid w:val="00F6724E"/>
+    <w:rsid w:val="00F80D5D"/>
+    <w:rsid w:val="00FA53AF"/>
+    <w:rsid w:val="0180B2FE"/>
+    <w:rsid w:val="0F476FE6"/>
+    <w:rsid w:val="1C1CFB4F"/>
+    <w:rsid w:val="1FD26942"/>
+    <w:rsid w:val="258E67FC"/>
+    <w:rsid w:val="38BC2755"/>
+    <w:rsid w:val="5ED697E3"/>
+    <w:rsid w:val="72925042"/>
+    <w:rsid w:val="77605E06"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7097E695"/>
-  <w15:docId w15:val="{F6607E97-6AF1-41BC-A070-67AC7A8F2466}"/>
+  <w14:docId w14:val="6CB93621"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{F6C8B844-E599-419E-9FD7-293AA3721E79}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3612,65 +3183,65 @@
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3695,75 +3266,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -3798,55 +3369,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -3917,590 +3488,815 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:aliases w:val="Body text"/>
     <w:qFormat/>
-    <w:rsid w:val="0016662E"/>
+    <w:rsid w:val="00404FE4"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:aliases w:val="Subhead 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00612E75"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="004D8F"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:aliases w:val="Subhead 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00241115"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:aliases w:val="Subhead 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00241115"/>
+    <w:pPr>
+      <w:spacing w:after="60"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...1 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00595627"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00595627"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00595627"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00595627"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="0016662E"/>
+    <w:rsid w:val="00241115"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="600" w:after="240"/>
     </w:pPr>
     <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00241115"/>
+    <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="Bullet lists"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00404FE4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="426" w:hanging="426"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:aliases w:val="Subhead 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00612E75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="004D8F"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:aliases w:val="Subhead 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00241115"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:aliases w:val="Subhead 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00241115"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:aliases w:val="Bullet points"/>
+    <w:uiPriority w:val="20"/>
+    <w:rsid w:val="00404FE4"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00D44301"/>
+    <w:rsid w:val="00404FE4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tableheader">
+    <w:name w:val="Table header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="TableheaderChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00404FE4"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext">
+    <w:name w:val="Table text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TabletextChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00404FE4"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TableheaderChar">
+    <w:name w:val="Table header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Tableheader"/>
+    <w:rsid w:val="00404FE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableFiguretitle">
+    <w:name w:val="Table/Figure title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TableFiguretitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B06006"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabletextChar">
+    <w:name w:val="Table text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Tabletext"/>
+    <w:rsid w:val="00404FE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TableFiguretitleChar">
+    <w:name w:val="Table/Figure title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="TableFiguretitle"/>
+    <w:rsid w:val="00B06006"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00D41A20"/>
+    <w:rsid w:val="007B3F5E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-    <w:name w:val="Balloon Text Char"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Secondlevellistparagraph">
+    <w:name w:val="Second level list paragraph"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:link w:val="SecondlevellistparagraphChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E015CF"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:ind w:left="850" w:hanging="425"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="Bullet lists Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D41A20"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="002148AB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SecondlevellistparagraphChar">
+    <w:name w:val="Second level list paragraph Char"/>
+    <w:basedOn w:val="ListParagraphChar"/>
+    <w:link w:val="Secondlevellistparagraph"/>
+    <w:rsid w:val="00E015CF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F93962"/>
+    <w:rsid w:val="38BC2755"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E1EB8"/>
+    <w:rsid w:val="00C4173F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="808080"/>
-[...72 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:examiners@rcpath.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:examiners@rcpath.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jfif"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E193968C32C241F0B203DD3554B7F664"/>
+        <w:name w:val="20FFA7B95D174F428260AD38CF63EB41"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{91D382AD-6493-43D2-A031-2E6F9C6A804C}"/>
+        <w:guid w:val="{716A3533-3853-4F6D-A599-9AE996AEB9B0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00162B0B" w:rsidRDefault="00AA0621" w:rsidP="00AA0621">
+        <w:p w:rsidR="004B4FB1" w:rsidRDefault="003B4BF0" w:rsidP="003B4BF0">
           <w:pPr>
-            <w:pStyle w:val="E193968C32C241F0B203DD3554B7F6643"/>
-[...29 lines deleted...]
-            <w:pStyle w:val="2BD37158B40544529744B8391029AD172"/>
+            <w:pStyle w:val="20FFA7B95D174F428260AD38CF63EB41"/>
           </w:pPr>
           <w:r w:rsidRPr="0016662E">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="769A812D3DCD4E72B69DA930E069EBDF"/>
+        <w:name w:val="39EF924C36AD4D6A9FDC66D1E27029C4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E81F72E2-AEE9-4DA3-82B0-ABC05A8810BA}"/>
+        <w:guid w:val="{A62FDF6C-75E5-420C-A37D-270599DE09AE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00162B0B" w:rsidRDefault="00AA0621" w:rsidP="00AA0621">
+        <w:p w:rsidR="004B4FB1" w:rsidRDefault="003B4BF0" w:rsidP="003B4BF0">
           <w:pPr>
-            <w:pStyle w:val="769A812D3DCD4E72B69DA930E069EBDF3"/>
+            <w:pStyle w:val="39EF924C36AD4D6A9FDC66D1E27029C4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0074130C">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C6A26F46F6364241B202164A840560B0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{63FFCF3F-FC69-496F-ADDE-BA20406AA17B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004B4FB1" w:rsidRDefault="003B4BF0" w:rsidP="003B4BF0">
+          <w:pPr>
+            <w:pStyle w:val="C6A26F46F6364241B202164A840560B0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0016662E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8B91A61BEAC54CE598B4049B70CA737D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CB5D0DFC-54EB-480F-9C07-6D6D629ABB89}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004B4FB1" w:rsidRDefault="003B4BF0" w:rsidP="003B4BF0">
+          <w:pPr>
+            <w:pStyle w:val="8B91A61BEAC54CE598B4049B70CA737D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0016662E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5619FD668E6B4590944A7B39DA396F0F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{374E9105-5959-442F-9150-9F6FB9528377}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004B4FB1" w:rsidRDefault="003B4BF0" w:rsidP="003B4BF0">
+          <w:pPr>
+            <w:pStyle w:val="5619FD668E6B4590944A7B39DA396F0F"/>
           </w:pPr>
           <w:r w:rsidRPr="001C3BFF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4D4F7F45F2B845EDA5958ECEFE52A548"/>
+        <w:name w:val="872F623136E64D4AA948C0B2FF7A68A0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F8B9156E-5B3B-4D33-BE99-EA0E1865784E}"/>
+        <w:guid w:val="{B6A282F8-D10B-443E-812C-6F278272C710}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00162B0B" w:rsidRDefault="00AA0621" w:rsidP="00AA0621">
+        <w:p w:rsidR="004B4FB1" w:rsidRDefault="003B4BF0" w:rsidP="003B4BF0">
           <w:pPr>
-            <w:pStyle w:val="4D4F7F45F2B845EDA5958ECEFE52A5483"/>
+            <w:pStyle w:val="872F623136E64D4AA948C0B2FF7A68A0"/>
           </w:pPr>
           <w:r w:rsidRPr="001C3BFF">
-            <w:rPr>
-[...57 lines deleted...]
-          <w:r w:rsidRPr="0074130C">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00162B0B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00B2185D"/>
+    <w:rsidRoot w:val="003B4BF0"/>
+    <w:rsid w:val="003B4BF0"/>
+    <w:rsid w:val="004B4FB1"/>
+    <w:rsid w:val="00743736"/>
+    <w:rsid w:val="00B121F6"/>
+    <w:rsid w:val="00FA6DB3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4879,670 +4675,601 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AA0621"/>
+    <w:rsid w:val="003B4BF0"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E193968C32C241F0B203DD3554B7F664">
-    <w:name w:val="E193968C32C241F0B203DD3554B7F664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20FFA7B95D174F428260AD38CF63EB41">
+    <w:name w:val="20FFA7B95D174F428260AD38CF63EB41"/>
+    <w:rsid w:val="003B4BF0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6B5D58F483148F297220220FC15AF12">
-    <w:name w:val="A6B5D58F483148F297220220FC15AF12"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="39EF924C36AD4D6A9FDC66D1E27029C4">
+    <w:name w:val="39EF924C36AD4D6A9FDC66D1E27029C4"/>
+    <w:rsid w:val="003B4BF0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BD37158B40544529744B8391029AD17">
-    <w:name w:val="2BD37158B40544529744B8391029AD17"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6A26F46F6364241B202164A840560B0">
+    <w:name w:val="C6A26F46F6364241B202164A840560B0"/>
+    <w:rsid w:val="003B4BF0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="769A812D3DCD4E72B69DA930E069EBDF">
-    <w:name w:val="769A812D3DCD4E72B69DA930E069EBDF"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B91A61BEAC54CE598B4049B70CA737D">
+    <w:name w:val="8B91A61BEAC54CE598B4049B70CA737D"/>
+    <w:rsid w:val="003B4BF0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D4F7F45F2B845EDA5958ECEFE52A548">
-    <w:name w:val="4D4F7F45F2B845EDA5958ECEFE52A548"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5619FD668E6B4590944A7B39DA396F0F">
+    <w:name w:val="5619FD668E6B4590944A7B39DA396F0F"/>
+    <w:rsid w:val="003B4BF0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6D66F1D595C45A0A251B779C2A34FBC">
-[...265 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="872F623136E64D4AA948C0B2FF7A68A0">
+    <w:name w:val="872F623136E64D4AA948C0B2FF7A68A0"/>
+    <w:rsid w:val="003B4BF0"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010027D4B86F92300A4297AA7103790D4155" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="05437f129c1b5533a2960a213857365b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fcbb744a-7f82-41b7-a756-bec761ac2a38" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7b1c697cbaf7a6c13d0ddf2dc8478d95" ns2:_="">
+    <xsd:import namespace="fcbb744a-7f82-41b7-a756-bec761ac2a38"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fcbb744a-7f82-41b7-a756-bec761ac2a38" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{090B9A0E-AD04-47F5-816B-6F413BC2D380}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A05AF36E-9D5D-4285-9732-3FD6A9BA7F72}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18F63572-A508-4736-BA7F-B15B052240BA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fcbb744a-7f82-41b7-a756-bec761ac2a38"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6D9FD43-9F09-42A2-8815-6CC7EADD8536}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2074</Characters>
+  <Pages>5</Pages>
+  <Words>359</Words>
+  <Characters>2049</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Royal College of Pathologists</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2433</CharactersWithSpaces>
+  <CharactersWithSpaces>2404</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Alison Mackay</dc:creator>
+  <dc:subject/>
+  <dc:creator>Stacy Baxter</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010027D4B86F92300A4297AA7103790D4155</vt:lpwstr>
+  </property>
+</Properties>
+</file>